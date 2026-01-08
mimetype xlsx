--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -13,51 +13,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="577" uniqueCount="577">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="547" uniqueCount="547">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan Semiconductor Manufacturing Co. Ltd.</t>
   </si>
   <si>
@@ -96,1683 +96,1593 @@
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
     <t xml:space="preserve">Samsung Electronics Co. Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">KR7005930003</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">KRW</t>
   </si>
   <si>
     <t xml:space="preserve">Sydkorea </t>
   </si>
   <si>
-    <t xml:space="preserve">SK Hynix Inc.</t>
+    <t xml:space="preserve">SK hynix Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">KR7000660001</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">KRW</t>
   </si>
   <si>
     <t xml:space="preserve">Sydkorea </t>
   </si>
   <si>
+    <t xml:space="preserve">NU Holdings Ltd/Cayman Islands A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG6683N1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">ICICI Bank Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">INE090A01021</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
+    <t xml:space="preserve">China Merchants Bank Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE1000002M1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KB Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7105560007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Delta Electronics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002308004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ping An Insurance Group Co. of China Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE1000003X6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
     <t xml:space="preserve">Eternal Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">INE758T01015</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
-    <t xml:space="preserve">NU Holdings Ltd/Cayman Islands A</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">KYG6683N1034</t>
+    <t xml:space="preserve">MediaTek Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002454006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contemporary Amperex Technology Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003662</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MercadoLibre Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58733R1023</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Delta Electronics Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TW0002308004</t>
+    <t xml:space="preserve">Sun Pharmaceutical Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE044A01036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PICC Property &amp; Casualty Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100000593</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bajaj Finance Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE296A01032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infosys Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE009A01021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elite Material Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002383007</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">TWD</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan </t>
   </si>
   <si>
-    <t xml:space="preserve">China Merchants Bank Co. Ltd. H</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CNE1000002M1</t>
+    <t xml:space="preserve">Kia Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7000270009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piraeus Financial Holdings S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRS014003032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grekland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accton Technology Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002345006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NetEase Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG6427A1022</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
-    <t xml:space="preserve">NetEase Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">KYG6427A1022</t>
+    <t xml:space="preserve">Al Rajhi Bank</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA0007879113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Itau Unibanco Holding S.A. (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRITUBACNPR1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasilien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nebius Group NV A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0009805522</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jentech Precision Industrial Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0003653002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Bank of Greece S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRS003003035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grekland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBI Life Insurance Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE123W01016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OTP Bank Nyrt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HU0000061726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungern </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Axis Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE238A01034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yunnan Aluminium Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE000000VG9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tata Consumer Products Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE192A01025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IsuPetasys Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7007660004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASE Technology Holding Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0003711008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi National Bank/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA13L050IE10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Credicorp Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG2519Y1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FirstRand Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000066304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arca Continental SAB de CV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MX01AC100006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MXN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexiko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capitec Bank Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000035861</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank Central Asia Tbk PT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ID1000109507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Samsung Biologics Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7207940008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Navin Fluorine International Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE048G01026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apollo Hospitals Enterprise Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE437A01024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Old Mutual Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000255360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANTA Sports Products Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG040111059</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
-    <t xml:space="preserve">MediaTek Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TW0002454006</t>
+    <t xml:space="preserve">TVS Motor Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE494B01023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank Polska Kasa Opieki S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLPEKAO00016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kweichow Moutai Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE0000018R8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jiangsu Hengli Hydraulic Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE1000019R4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chroma ATE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002360005</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">TWD</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan </t>
   </si>
   <si>
-    <t xml:space="preserve">Ping An Insurance Group Co. of China Ltd. H</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CNE1000003X6</t>
+    <t xml:space="preserve">Godrej Properties Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE484J01027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prologis Property Mexico S.A. de CV (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MXCFFI170008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MXN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexiko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Torrent Pharmaceuticals Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE685A01028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anji Microelectronics Technology Shanghai Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003ML1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAURA Technology Group Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100000ML7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amber Enterprises India Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE371P01015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lotes Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0003533006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raia Drogasil S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRRADLACNOR0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasilien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grasim Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE047A01021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Computer Age Management Services Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE596I01012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coforge Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE591G01025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nova Ljubljanska Banka dd (GDR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US66980N2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LG Electronics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7066570003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">H World Group Ltd. (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US44332N1063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geely Automobile Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG3777B1032</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
-    <t xml:space="preserve">Contemporary Amperex Technology Co. Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CNE100003662</t>
+    <t xml:space="preserve">Wheaton Precious Metals Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9628791027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sany Heavy Industry Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE1000075S4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dino Polska S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLDINPL00011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shenzhen Mindray Bio-Medical Electronics Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003G67</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CNY</t>
   </si>
   <si>
     <t xml:space="preserve">Kina </t>
   </si>
   <si>
-    <t xml:space="preserve">KB Financial Group Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">KR7105560007</t>
+    <t xml:space="preserve">Pop Mart International Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG7170M1033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tencent Music Entertainment Group A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88034P1093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dongfang Electric Corp. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100000304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Info Edge India Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE663F01032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sea Ltd. A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81141R1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyundai Rotem Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7064350002</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">KRW</t>
   </si>
   <si>
     <t xml:space="preserve">Sydkorea </t>
   </si>
   <si>
-    <t xml:space="preserve">MercadoLibre Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US58733R1023</t>
+    <t xml:space="preserve">Montage Technology Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003MN7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUMBO S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRS282183003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grekland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beijing Roborock Technology Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003R80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abu Dhabi Islamic Bank PJSC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEA000801018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Almarai Co. JSC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA000A0ETHT1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MakeMyTrip Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MU0295S00016</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Bajaj Finance Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">INE296A01032</t>
+    <t xml:space="preserve">Clicks Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000134854</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tata Capital Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE976I01016</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
-    <t xml:space="preserve">Piraeus Financial Holdings S.A.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">INE009A01021</t>
+    <t xml:space="preserve">Elm Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA15GG53GHH3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BDO Unibank Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHY077751022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinerna </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NCSoft Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7036570000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Co for Cooperative Insurance/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA000A0DPSH3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aldar Properties PJSC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEA002001013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jollibee Foods Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHY4466S1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinerna </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jiangsu Hengrui Pharmaceuticals Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100006XS6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suzlon Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE040H01021</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
-    <t xml:space="preserve">Nebius Group NV A</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">CNE100000593</t>
+    <t xml:space="preserve">True Corp. PCL (NVDR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THB231010R11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thailand </t>
+  </si>
+  <si>
+    <t xml:space="preserve">360 ONE WAM Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE466L01038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LG Energy Solution Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7373220003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mao Geping Cosmetics Co. LTD H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100006PM5</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
-    <t xml:space="preserve">Accton Technology Corp.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TW0002345006</t>
+    <t xml:space="preserve">Far EasTone Telecommunications Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0004904008</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">TWD</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan </t>
   </si>
   <si>
-    <t xml:space="preserve">Sun Pharmaceutical Industries Ltd.</t>
-[...122 lines deleted...]
-    <t xml:space="preserve">TW0003711008</t>
+    <t xml:space="preserve">Banco del Bajio S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MX41BB000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MXN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexiko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Minth Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG6145U1094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JSE Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000079711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Map Aktif Adiperkasa PT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ID1000144108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nien Made Enterprise Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0008464009</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">TWD</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan </t>
   </si>
   <si>
-    <t xml:space="preserve">Bank Central Asia Tbk PT</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">ID1000109507</t>
+    <t xml:space="preserve">BFI Finance Indonesia Tbk PT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ID1000124001</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">IDR</t>
   </si>
   <si>
     <t xml:space="preserve">Indonesien </t>
   </si>
   <si>
-    <t xml:space="preserve">Yunnan Aluminium Co. Ltd.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">KYG9830T1067</t>
+    <t xml:space="preserve">GoTo Gojek Tokopedia Tbk PT A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ID1000166903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fuyao Glass Industry Group Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100001TR7</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
-    <t xml:space="preserve">Lotes Co. Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TW0003533006</t>
+    <t xml:space="preserve">Merida Industry Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0009914002</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">TWD</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan </t>
-  </si>
-[...1138 lines deleted...]
-    <t xml:space="preserve">Indonesien </t>
   </si>
   <si>
     <t xml:space="preserve">TVS MOTOR COMPANY 6% 01.09.2026</t>
   </si>
   <si>
     <t xml:space="preserve">INE494B04019</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
@@ -1780,61 +1690,55 @@
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="116">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
-    <xf numFmtId="166" xfId="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -2240,2667 +2144,2529 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>9.369</v>
+        <v>9.577</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>8.106</v>
+        <v>7.788</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>4.999</v>
+        <v>4.529</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>3.994</v>
+        <v>4.467</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>2.566</v>
+        <v>3.46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>1.938</v>
+        <v>2.228</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>1.582</v>
+        <v>1.968</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>1.572</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>1.513</v>
+        <v>1.647</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>1.494</v>
+        <v>1.593</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>1.438</v>
+        <v>1.555</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>1.394</v>
+        <v>1.469</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>1.384</v>
+        <v>1.427</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>1.372</v>
+        <v>1.273</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>1.217</v>
+        <v>1.172</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>1.216</v>
+        <v>1.158</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>1.102</v>
+        <v>1.139</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>1.086</v>
+        <v>1.129</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>1.046</v>
+        <v>1.115</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>1.027</v>
+        <v>1.072</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>1.023</v>
+        <v>1.057</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>1.018</v>
+        <v>1.044</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>1.018</v>
+        <v>1.032</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>1.007</v>
+        <v>1.012</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.914</v>
+        <v>0.937</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.906</v>
+        <v>0.897</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.889</v>
+        <v>0.862</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.876</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.85</v>
+        <v>0.845</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.789</v>
+        <v>0.824</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.788</v>
+        <v>0.822</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.779</v>
+        <v>0.806</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.776</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.771</v>
+        <v>0.798</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.739</v>
+        <v>0.769</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.721</v>
+        <v>0.764</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.711</v>
+        <v>0.762</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.697</v>
+        <v>0.761</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.695</v>
+        <v>0.759</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.691</v>
+        <v>0.756</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.684</v>
+        <v>0.749</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.673</v>
+        <v>0.709</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.67</v>
+        <v>0.679</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.659</v>
+        <v>0.676</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.633</v>
+        <v>0.674</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.627</v>
+        <v>0.671</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.625</v>
+        <v>0.669</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.611</v>
+        <v>0.668</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.61</v>
+        <v>0.655</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.599</v>
+        <v>0.643</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.597</v>
+        <v>0.639</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.595</v>
+        <v>0.624</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.593</v>
+        <v>0.619</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.585</v>
+        <v>0.605</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.58</v>
+        <v>0.604</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.58</v>
+        <v>0.594</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.563</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.557</v>
+        <v>0.582</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.552</v>
+        <v>0.557</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.54</v>
+        <v>0.551</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.536</v>
+        <v>0.549</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.535</v>
+        <v>0.541</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.525</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.524</v>
+        <v>0.535</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.522</v>
+        <v>0.526</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.519</v>
+        <v>0.503</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.513</v>
+        <v>0.502</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.511</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.51</v>
+        <v>0.484</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.507</v>
+        <v>0.481</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.506</v>
+        <v>0.475</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.499</v>
+        <v>0.469</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.491</v>
+        <v>0.466</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.476</v>
+        <v>0.453</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.463</v>
+        <v>0.444</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.457</v>
+        <v>0.441</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.452</v>
+        <v>0.426</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.451</v>
+        <v>0.425</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.449</v>
+        <v>0.402</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.443</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.442</v>
+        <v>0.398</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.428</v>
+        <v>0.396</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.402</v>
+        <v>0.389</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.397</v>
+        <v>0.384</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.395</v>
+        <v>0.364</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.388</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
-        <v>0.372</v>
+        <v>0.345</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
-        <v>0.372</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
-        <v>0.36</v>
+        <v>0.339</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
-        <v>0.345</v>
+        <v>0.323</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
-        <v>0.342</v>
+        <v>0.322</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.334</v>
+        <v>0.313</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.33</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.328</v>
+        <v>0.299</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.324</v>
+        <v>0.288</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.308</v>
+        <v>0.267</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.308</v>
+        <v>0.263</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.298</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.283</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.282</v>
+        <v>0.222</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
-        <v>0.263</v>
+        <v>0.191</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
-        <v>0.255</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.248</v>
+        <v>0.159</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.164</v>
+        <v>0.147</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.138</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.133</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
-        <v>0.125</v>
-[...136 lines deleted...]
-      <c r="G115" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">