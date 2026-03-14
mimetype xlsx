--- v1 (2026-01-08)
+++ v2 (2026-03-14)
@@ -13,51 +13,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="547" uniqueCount="547">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="562" uniqueCount="562">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan Semiconductor Manufacturing Co. Ltd.</t>
   </si>
   <si>
@@ -66,1623 +66,1668 @@
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">TWD</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan </t>
   </si>
   <si>
     <t xml:space="preserve">Tencent Holdings Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">KYG875721634</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
+    <t xml:space="preserve">Samsung Electronics Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7005930003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SK hynix Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7000660001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
     <t xml:space="preserve">Alibaba Group Holding Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">KYG017191142</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
-    <t xml:space="preserve">Samsung Electronics Co. Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">KR7005930003</t>
+    <t xml:space="preserve">NU Holdings Ltd/Cayman Islands A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG6683N1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ping An Insurance Group Co. of China Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE1000003X6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Delta Electronics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002308004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICICI Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE090A01021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KB Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7105560007</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">KRW</t>
   </si>
   <si>
     <t xml:space="preserve">Sydkorea </t>
   </si>
   <si>
-    <t xml:space="preserve">SK hynix Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">KR7000660001</t>
+    <t xml:space="preserve">MediaTek Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002454006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">China Merchants Bank Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE1000002M1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piraeus Bank S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRS831003009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grekland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eternal Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE758T01015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASE Technology Holding Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0003711008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MercadoLibre Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58733R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elite Material Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002383007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infosys Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE009A01021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Credicorp Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG2519Y1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Al Rajhi Bank</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA0007879113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PICC Property &amp; Casualty Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100000593</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Itau Unibanco Holding S.A. (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRITUBACNPR1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasilien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yunnan Aluminium Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE000000VG9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kia Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7000270009</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">KRW</t>
   </si>
   <si>
     <t xml:space="preserve">Sydkorea </t>
   </si>
   <si>
-    <t xml:space="preserve">NU Holdings Ltd/Cayman Islands A</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">KYG6683N1034</t>
+    <t xml:space="preserve">OTP Bank Nyrt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HU0000061726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungern </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NetEase Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG6427A1022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contemporary Amperex Technology Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003662</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi National Bank/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA13L050IE10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FirstRand Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000066304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montage Technology Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003MN7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Powszechna Kasa Oszczednosci Bank Polski S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLPKO0000016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capitec Bank Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000035861</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accton Technology Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002345006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Pharmaceutical Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE044A01036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jentech Precision Industrial Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0003653002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wheaton Precious Metals Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9628791027</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">ICICI Bank Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">INE090A01021</t>
+    <t xml:space="preserve">SK Square Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7402340004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Axis Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE238A01034</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
-    <t xml:space="preserve">China Merchants Bank Co. Ltd. H</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CNE1000002M1</t>
+    <t xml:space="preserve">Anji Microelectronics Technology Shanghai Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003ML1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Old Mutual Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000255360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zijin Gold International Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0001200002</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
-    <t xml:space="preserve">KB Financial Group Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">KR7105560007</t>
+    <t xml:space="preserve">Bajaj Finance Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE296A01032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sea Ltd. A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81141R1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nebius Group NV A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0009805522</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Samsung Biologics Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7207940008</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">KRW</t>
   </si>
   <si>
     <t xml:space="preserve">Sydkorea </t>
   </si>
   <si>
-    <t xml:space="preserve">Delta Electronics Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TW0002308004</t>
+    <t xml:space="preserve">Tata Consumer Products Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE192A01025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chroma ATE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0002360005</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">TWD</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan </t>
   </si>
   <si>
-    <t xml:space="preserve">Ping An Insurance Group Co. of China Ltd. H</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CNE1000003X6</t>
+    <t xml:space="preserve">SBI Life Insurance Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE123W01016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Navin Fluorine International Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE048G01026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jiangsu Hengli Hydraulic Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE1000019R4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TVS Motor Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE494B01023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prologis Property Mexico S.A. de CV (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MXCFFI170008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MXN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexiko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAURA Technology Group Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100000ML7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lotes Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0003533006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kweichow Moutai Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE0000018R8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank Central Asia Tbk PT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ID1000109507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apollo Hospitals Enterprise Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE437A01024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arca Continental SAB de CV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MX01AC100006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MXN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexiko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MPI Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0006223001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pop Mart International Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG7170M1033</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">HKD</t>
   </si>
   <si>
     <t xml:space="preserve">Hong Kong </t>
   </si>
   <si>
-    <t xml:space="preserve">Eternal Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">INE758T01015</t>
+    <t xml:space="preserve">Raia Drogasil S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRRADLACNOR0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasilien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dongfang Electric Corp. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100000304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Torrent Pharmaceuticals Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE685A01028</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
-    <t xml:space="preserve">MediaTek Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TW0002454006</t>
+    <t xml:space="preserve">Nova Ljubljanska Banka dd (GDR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US66980N2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sany Heavy Industry Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE1000075S4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grasim Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE047A01021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clicks Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAE000134854</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydafrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">H World Group Ltd. (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US44332N1063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LG Energy Solution Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7373220003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cognizant Technology Solutions Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1924461023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abu Dhabi Islamic Bank PJSC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEA000801018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Qinghai Salt Lake Industry Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE000000SW2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dino Polska S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLDINPL00011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amber Enterprises India Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE371P01015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coforge Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE591G01025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shenzhen Mindray Bio-Medical Electronics Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003G67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halyk Savings Bank of Kazakhstan JSC (GDR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46627J3023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Computer Age Management Services Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE596I01020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spring Airlines Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100001V45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Minth Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG6145U1094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Info Edge India Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE663F01032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Godrej Properties Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE484J01027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PicS NV A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015073TP4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUMBO S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRS282183003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grekland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NCSoft Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7036570000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Almarai Co. JSC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA000A0ETHT1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tata Capital Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE976I01016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beijing Roborock Technology Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100003R80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meitu Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG5966D1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BDO Unibank Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHY077751022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinerna </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tencent Music Entertainment Group A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88034P1093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IsuPetasys Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7007660004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyundai Rotem Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7064350002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sydkorea </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jollibee Foods Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHY4466S1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinerna </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MakeMyTrip Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MU0295S00016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aldar Properties PJSC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEA002001013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neway Valve Suzhou Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100001SJ6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Far EasTone Telecommunications Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0004904008</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">TWD</t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan </t>
   </si>
   <si>
-    <t xml:space="preserve">Contemporary Amperex Technology Co. Ltd.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">INE044A01036</t>
+    <t xml:space="preserve">Nien Made Enterprise Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TW0008464009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mao Geping Cosmetics Co. LTD H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100006PM5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jiangsu Hengrui Pharmaceuticals Co. Ltd. H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNE100006XS6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elm Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA15GG53GHH3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">360 ONE WAM Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE466L01038</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
-    <t xml:space="preserve">PICC Property &amp; Casualty Co. Ltd. H</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">INE296A01032</t>
+    <t xml:space="preserve">Suzlon Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE040H01021</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
-    <t xml:space="preserve">Infosys Ltd.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">INE009A01021</t>
+    <t xml:space="preserve">Dixon Technologies India Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INE935N01020</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
   <si>
-    <t xml:space="preserve">Elite Material Co. Ltd.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">KR7000270009</t>
+    <t xml:space="preserve">Hyosung Heavy Industries Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR7298040007</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">KRW</t>
   </si>
   <si>
     <t xml:space="preserve">Sydkorea </t>
   </si>
   <si>
-    <t xml:space="preserve">Piraeus Financial Holdings S.A.</t>
-[...302 lines deleted...]
-    <t xml:space="preserve">ID1000109507</t>
+    <t xml:space="preserve">Map Aktif Adiperkasa PT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ID1000144108</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">IDR</t>
   </si>
   <si>
     <t xml:space="preserve">Indonesien </t>
   </si>
   <si>
-    <t xml:space="preserve">Samsung Biologics Co. Ltd.</t>
-[...92 lines deleted...]
-    <t xml:space="preserve">PLPEKAO00016</t>
+    <t xml:space="preserve">KRUK S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLKRK0000010</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">PLN</t>
   </si>
   <si>
     <t xml:space="preserve">Polen </t>
   </si>
   <si>
-    <t xml:space="preserve">Kweichow Moutai Co. Ltd.</t>
-[...662 lines deleted...]
-    <t xml:space="preserve">THB231010R11</t>
+    <t xml:space="preserve">BFI Finance Indonesia Tbk PT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ID1000124001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Airports of Thailand PCL (Foreign)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TH0765010Z16</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">THB</t>
   </si>
   <si>
     <t xml:space="preserve">Thailand </t>
-  </si>
-[...193 lines deleted...]
-    <t xml:space="preserve">Taiwan </t>
   </si>
   <si>
     <t xml:space="preserve">TVS MOTOR COMPANY 6% 01.09.2026</t>
   </si>
   <si>
     <t xml:space="preserve">INE494B04019</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">INR</t>
   </si>
   <si>
     <t xml:space="preserve">Indien </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
@@ -1690,55 +1735,58 @@
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="110">
+  <cellXfs count="113">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -2144,2529 +2192,2598 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>9.577</v>
+        <v>9.59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>7.788</v>
+        <v>6.969</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>4.529</v>
+        <v>6.416</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>4.467</v>
+        <v>4.903</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>3.46</v>
+        <v>4.521</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>2.228</v>
+        <v>2.023</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>1.968</v>
+        <v>1.913</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>1.84</v>
+        <v>1.827</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>1.647</v>
+        <v>1.642</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>1.593</v>
+        <v>1.604</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>1.555</v>
+        <v>1.574</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>1.469</v>
+        <v>1.429</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>1.427</v>
+        <v>1.411</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>1.273</v>
+        <v>1.145</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>1.172</v>
+        <v>1.077</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>1.158</v>
+        <v>1.069</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>1.139</v>
+        <v>0.997</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>1.129</v>
+        <v>0.943</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>1.115</v>
+        <v>0.928</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>1.072</v>
+        <v>0.922</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>1.057</v>
+        <v>0.916</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>1.044</v>
+        <v>0.906</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>1.032</v>
+        <v>0.892</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>1.012</v>
+        <v>0.884</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.937</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.897</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.862</v>
+        <v>0.848</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.86</v>
+        <v>0.815</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.845</v>
+        <v>0.809</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.824</v>
+        <v>0.797</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.822</v>
+        <v>0.789</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.806</v>
+        <v>0.789</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.8</v>
+        <v>0.783</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.798</v>
+        <v>0.779</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.769</v>
+        <v>0.746</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.764</v>
+        <v>0.731</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.762</v>
+        <v>0.723</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.761</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.759</v>
+        <v>0.711</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.756</v>
+        <v>0.709</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.749</v>
+        <v>0.709</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.709</v>
+        <v>0.705</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.679</v>
+        <v>0.692</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.676</v>
+        <v>0.689</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.674</v>
+        <v>0.663</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.671</v>
+        <v>0.661</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.669</v>
+        <v>0.656</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.668</v>
+        <v>0.644</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.655</v>
+        <v>0.615</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.643</v>
+        <v>0.612</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.639</v>
+        <v>0.595</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.624</v>
+        <v>0.591</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.619</v>
+        <v>0.588</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.605</v>
+        <v>0.554</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.604</v>
+        <v>0.554</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.594</v>
+        <v>0.553</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.593</v>
+        <v>0.547</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.59</v>
+        <v>0.531</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.582</v>
+        <v>0.528</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.557</v>
+        <v>0.526</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.551</v>
+        <v>0.521</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.549</v>
+        <v>0.519</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.541</v>
+        <v>0.504</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.54</v>
+        <v>0.501</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.535</v>
+        <v>0.492</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.526</v>
+        <v>0.485</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.503</v>
+        <v>0.485</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.502</v>
+        <v>0.477</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.5</v>
+        <v>0.459</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.484</v>
+        <v>0.458</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.481</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.475</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.469</v>
+        <v>0.404</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.466</v>
+        <v>0.401</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.453</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.444</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.441</v>
+        <v>0.396</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.426</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.425</v>
+        <v>0.367</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.402</v>
+        <v>0.366</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.4</v>
+        <v>0.364</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.398</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.396</v>
+        <v>0.353</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.389</v>
+        <v>0.351</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.384</v>
+        <v>0.346</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.364</v>
+        <v>0.346</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.35</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
-        <v>0.345</v>
+        <v>0.337</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
-        <v>0.342</v>
+        <v>0.322</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
-        <v>0.339</v>
+        <v>0.316</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
-        <v>0.323</v>
+        <v>0.312</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
-        <v>0.322</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.313</v>
+        <v>0.309</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.31</v>
+        <v>0.307</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.299</v>
+        <v>0.304</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.288</v>
+        <v>0.298</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.267</v>
+        <v>0.295</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.263</v>
+        <v>0.294</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.257</v>
+        <v>0.272</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.228</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.222</v>
+        <v>0.262</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
-        <v>0.191</v>
+        <v>0.256</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
-        <v>0.19</v>
+        <v>0.245</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.159</v>
+        <v>0.237</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.147</v>
+        <v>0.207</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.079</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.057</v>
+        <v>0.155</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
+        <v>0.137</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="110">
+        <v>46052</v>
+      </c>
+      <c r="B110" t="s">
+        <v>547</v>
+      </c>
+      <c r="C110" t="s">
+        <v>548</v>
+      </c>
+      <c r="D110" t="s">
+        <v>549</v>
+      </c>
+      <c r="E110" t="s">
+        <v>550</v>
+      </c>
+      <c r="F110" t="s">
+        <v>551</v>
+      </c>
+      <c r="G110" s="1">
+        <v>0.131</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="111">
+        <v>46052</v>
+      </c>
+      <c r="B111" t="s">
+        <v>552</v>
+      </c>
+      <c r="C111" t="s">
+        <v>553</v>
+      </c>
+      <c r="D111" t="s">
+        <v>554</v>
+      </c>
+      <c r="E111" t="s">
+        <v>555</v>
+      </c>
+      <c r="F111" t="s">
+        <v>556</v>
+      </c>
+      <c r="G111" s="1">
+        <v>0.117</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="112">
+        <v>46052</v>
+      </c>
+      <c r="B112" t="s">
+        <v>557</v>
+      </c>
+      <c r="C112" t="s">
+        <v>558</v>
+      </c>
+      <c r="D112" t="s">
+        <v>559</v>
+      </c>
+      <c r="E112" t="s">
+        <v>560</v>
+      </c>
+      <c r="F112" t="s">
+        <v>561</v>
+      </c>
+      <c r="G112" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">